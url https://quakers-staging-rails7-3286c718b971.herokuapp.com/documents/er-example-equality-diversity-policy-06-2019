--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -1,1198 +1,1391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="43679D09" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00642F90">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>NOTE FOR EMPLO</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00D336C3" w:rsidP="00642F90">
+        <w:t>NOTE FOR EMPLOYERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7900330A" w14:textId="6CF71C93" w:rsidR="00642F90" w:rsidRDefault="00D336C3" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
       </w:pPr>
       <w:r w:rsidRPr="00406F1B">
-        <w:t>Below is an example Equality and Diversity Policy which can be adopted or amended by Area and Local meetings.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+        <w:t>Below is an example Equality and Diversity Policy which can be adopted or amended by</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92774">
+        <w:t xml:space="preserve"> Quaker charities for use in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406F1B">
+        <w:t xml:space="preserve"> Area and Local meetings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B2FF7F" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Our Quaker beliefs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="49005E2A" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As Quakers, we believe that everyone is equal, regardless of wealth, status or power. We value the diversity of all people and we work towards being inclusive in our language and actions. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="2E293F7C" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>This policy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="7F7543CC" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy explains how we will work towards equality in practice. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="50B6DB73" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All employees, trustees, volunteers and other workers such as self-employed contractors, consultants and agency/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>casual workers, as well as those who manage and supervise them, are covered by this policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="120DABD0" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The policy commits our Area Meeting to being an equal opportunities employer. It does not form part of the contract you have with us but applies regardless of how long you have been with us.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="318506A8" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You should read this policy in conjunction with our policy on harassment and bullying. We reserve the right to amend this policy at any time. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="575D286E" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>What the policy covers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="2BE4F627" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All aspects of working with us are covered by this policy. These include, but are not restricted to, the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="09C4091E" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>pay and conditions of employment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="409E7A4C" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>training and development</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="1AC68A81" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t xml:space="preserve">recruitment processes </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="4DBC48FC" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>procedures for annual reviews</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="4B48C862" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t xml:space="preserve">procedures for addressing grievances and disciplinary matters </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="423C3377" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>ending the employment contract</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="1A8F2A3C" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>providing outgoing employees with references</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="0153F6A6" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t xml:space="preserve">how we expect those covered by this policy to behave. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="0D29F049" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Everyone has a responsibility to adhere to and promote our Equality and Diversity Policy. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="1CF3D9EB" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:lastRenderedPageBreak/>
         <w:t>Our equal opportunities commitment and aims</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="51FBD098" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We will not tolerate discrimination or harassment and are fully committed to promoting equal opportunities within our employment practices in the Area Meeting. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="447E2C99" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We will never victimise anyone who makes a legitimate complaint if they, or somebody else, is being harassed or discriminated against.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="3781D5C8" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Protected characteristics</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="0AF3183A" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There are a number of ‘protected characteristics’ under the Equality Act 2010. Employers must not discriminate against others on the grounds of their protected characteristics. The protected characteristics are:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="2AF50FE3" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>age</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="166F2E64" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>race (which includes colour and ethnic/</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D336C3">
         <w:t>national origin)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="42536B46" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>disability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00EA5DE0">
+    <w:p w14:paraId="15473812" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00EA5DE0">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>religion or belief</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="683EC3A2" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>gender reassignment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="4AE4076D" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>pregnancy or maternity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA5DE0" w:rsidRDefault="00EA5DE0" w:rsidP="00D336C3">
+    <w:p w14:paraId="28FDB7D1" w14:textId="77777777" w:rsidR="00EA5DE0" w:rsidRDefault="00EA5DE0" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>sex</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="288190E3" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>sexual orientation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="0DA024A4" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t xml:space="preserve">marital or civil partner status. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="53AA68B1" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Although not covered by the law, we will also not discriminate unfairly in respect of other characteristics that are irrelevant to the job, such as wealth, status or power. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="4B7F2238" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>How we define discrimination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="6750A8F7" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The following list is a general description of the types of acts that may both breach this policy and may also be unlawful. Sometimes actions can be intentional, and sometimes unintentional and we include examples of both types in this list:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="1C6EF7C8" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00763E40">
         <w:t>when somebody is treated less favourably because of a protected characteristic than somebody else has been — or would have been — in identical circumstances, then this is direct discrimination. Rejecting a job applicant because of their race or gender would, for example, amount to direct discrimination.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="68246448" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00763E40">
         <w:t>when a group of people with one of the protected characteristics is put at a disadvantage by a provision, practice or criteria applied to all staff, this is indirect discrimination (unless it is objectively justified in the circumstances).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="572819F0" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00763E40">
         <w:lastRenderedPageBreak/>
         <w:t>when a hostile, humiliating, degrading or similarly offensive environment is created in relation to a protected characteristic, this is harassment. We deal in detail with harassment under our separate policy on harassment and bullying.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="3877E8BA" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00763E40">
         <w:t>when a worker has complained about harassment or discrimination, or supported a colleague in their complaint, it is victimisation if they are then treated less favourably.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="6B27E78F" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Other aspects of equality legislation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
-[...14 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="74EB376E" w14:textId="67E6BCA6" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are other actions which are illegal under the equal opportunities legislation, and these are collectively labelled </w:t>
+      </w:r>
+      <w:r w:rsidR="0054111B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other acts</w:t>
+      </w:r>
+      <w:r w:rsidR="0054111B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Examples include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBA791C" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>instructing another person — or applying pressure on them — to discriminate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="52C514A4" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>knowingly assisting somebody else when they carry out a discriminatory act</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="6DB5BFF3" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>discriminating against somebody believed to have a protected characteristic, whether or not they actually do, or because they associate with a third party who does.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="7091CE73" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">There are some practices which, although they may appear to breach the aims of this policy, are in fact justifiable on objective and operational grounds. These are called lawful practices. If you are not sure whether some aspect of workplace behaviour you have experienced or witnessed is discriminatory or a lawful practice, please ask your manager for clarification. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="24AA17AD" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Recruiting a Quaker</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
-[...44 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="2C5B121A" w14:textId="0BA7DC6D" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="002525E9" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r w:rsidR="00D336C3" w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is unlawful to discriminate against any job applicant on the grounds of their religion or belief. We welcome job applications from all</w:t>
+      </w:r>
+      <w:r w:rsidR="00402E92">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sections of society</w:t>
+      </w:r>
+      <w:r w:rsidR="00D336C3" w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, regardless of their religious belief or no belief. We welcome applicants who, regardless of their backgrounds, are willing to work within our Quaker values and testimonies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD24982" w14:textId="09624D7B" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00402E92" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00D336C3" w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> law allows, in limited circumstances, for a paid post to be restricted to Quaker applicants. This is where being a Quaker is reasonably considered to be an ‘occupational requirement’ for the post. The BYM Recording Clerk is one such post. We do not anticipate making use of the ‘occupational requirement’ provision at our Area Meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5AE6CD" w14:textId="2E95336D" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D57A7F" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00D336C3" w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voluntary positions, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">legal position is different. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D336C3" w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">law allows us to specify a Quaker for volunteering activities, for example as a form of Quaker service as a volunteer warden. We may specify Quaker only applications for a voluntary position where it is appropriate and proportionate to do so, in all the circumstances. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5539DD" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:lastRenderedPageBreak/>
         <w:t>How we carry out our responsibilities and duties</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
-[...11 lines deleted...]
-        <w:t>Both those managing/</w:t>
+    <w:p w14:paraId="2C99A2A3" w14:textId="1B8DCA63" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Both those managing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52CA7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00763E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>supervising employees, volunteers and other workers, and these workers themselves, are essential for ensuring the success of this policy and each has their own duties and responsibilities. We all have a legal responsibility to comply, and any of us may be found personally liable for unlawful discrimination if we breach the terms of the policy.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+        <w:t>supervising employees, volunteers and other workers, and the workers themselves, are essential for ensuring the success of this policy and each has their own duties and responsibilities. We all have a legal responsibility to comply, and any of us may be found personally liable for unlawful discrimination if we breach the terms of the policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D010868" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Overall responsibility for the effective implementation and operation of the policy lies with the Area Meeting Trustees. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
-[...11 lines deleted...]
-        <w:t>Everyone managing/</w:t>
+    <w:p w14:paraId="4BAC324E" w14:textId="101098E1" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Everyone managing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52CA7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D336C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00763E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">supervising others is expected to act in full accordance with this policy, </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+        <w:t xml:space="preserve">supervising others is expected to act in full accordance with this policy, lead by example, and attain and maintain appropriate standards of behaviour. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2812C0D7" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The ethos and standards covered by this policy can only be achieved and maintained if all staff, volunteers and other workers also co-operate fully, and it is important to understand that you also have a legal responsibility to comply. If you breach this policy, you may also make the Area Meeting liable for your actions. We accordingly expect you to take personal responsibility for adhering to the policy’s aims and commitments and for drawing any breaches to our attention. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="727CBE29" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The behaviours we expect from everyone are:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="369824BB" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Celebrating and respecting individuality and difference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="05C5DAE6" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Listening to the views of others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="126B6F8A" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Showing sensitivity and respect for others’ feelings and cultures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00763E40" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="3EA2CDA3" w14:textId="77777777" w:rsidR="00763E40" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Considering issues from a range of perspectives</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="06B7AB27" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00763E40" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00763E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Having equal respect for all.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
+    <w:p w14:paraId="4F2DAED7" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00763E40">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>How we recruit and make other selections</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="2699465F" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We carry out all recruitment and other types of selection procedures — such as in the case of redundancy — on the basis of merit using non-discriminatory and, as far as possible, objective criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="612D834D" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Advertisements for vacancies will not include wording that may unfairly discourage some groups of people from applying, or stereotype in any way. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
-[...22 lines deleted...]
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="21DCE979" w14:textId="77777777" w:rsidR="0066787D" w:rsidRDefault="00D336C3" w:rsidP="0066787D">
+      <w:r w:rsidRPr="0066787D">
+        <w:t xml:space="preserve">Nobody applying for employment with the Area Meeting must be asked about their health or whether they have a disability before a job offer is made, except in very limited situations. It may, for example, be justifiable to ask whether the applicant needs any disability-related measures put in place for the interview, or to check that they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0066787D">
+        <w:t>are capable of carrying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0066787D">
+        <w:t xml:space="preserve"> out a key part of the job. </w:t>
+      </w:r>
+      <w:r w:rsidR="0066787D" w:rsidRPr="0066787D">
+        <w:t>For further information s</w:t>
+      </w:r>
+      <w:r w:rsidR="00853146" w:rsidRPr="0066787D">
+        <w:t>ee</w:t>
+      </w:r>
+      <w:r w:rsidR="0066787D" w:rsidRPr="0066787D">
+        <w:t xml:space="preserve"> the link below.</w:t>
+      </w:r>
+      <w:r w:rsidR="00853146" w:rsidRPr="0066787D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C936413" w14:textId="3ECBB75A" w:rsidR="0066787D" w:rsidRPr="0066787D" w:rsidRDefault="001F1494" w:rsidP="002C396B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0066787D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.equalityhumanrights.com/sites/default/files/pre-employment_health_questions_for_employers_0.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2A13042E" w14:textId="76C69D74" w:rsidR="00D336C3" w:rsidRPr="0066787D" w:rsidRDefault="00D336C3" w:rsidP="0066787D">
+      <w:r w:rsidRPr="0066787D">
+        <w:t>It is acceptable to make job offers dependent on a health declaration – the declaration also enables us to make reasonable adjustments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36941F12" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It is unlawful to ask job applicants anything that might suggest intent to discriminate on the grounds of a protected characteristic. Asking an applicant about their religion for a job entailing weekend working would not, for example, be permissible. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="6B78BE84" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Including health or disability questions in equal opportunities monitoring exercises is acceptable, but the data gathered must not be used for selecting or other employment-related decisions. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="008943AD">
+    <w:p w14:paraId="1231CB03" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="008943AD">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>How we enforce this policy and handle breaches</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="1B45EBB6" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We investigate any complaint or allegation raised regarding a potential breach of this policy, and if you believe you have been harassed or discriminated against you should contact your manager as soon as possible. If you are an employee and want to take formal action, you will need to follow our grievance procedure and read our policy on harassment and bullying. If you are not an employee, we will still take your complaint seriously and investigate it. </w:t>
       </w:r>
       <w:r w:rsidR="008943AD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Complaints should be directed to the Area Meeting Trustees.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="647072BE" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You will face disciplinary action (if you are an employee) if we find you have harassed or discriminated against anyone else in breach of this policy. Sometimes this type of behaviour may amount to gross misconduct, in which case you will be dismissed without notice and with no payment in lieu of notice. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="48EEC3C1" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are not an employee but are a volunteer or worker, your services may be terminated. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
+    <w:p w14:paraId="0AD8B010" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="00D336C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Occasionally, people make complaints knowing them not to be true. They might do this to avoid or deflect disciplinary action, for example. We view any complaint made in bad faith as an act of misconduct and this will normally lead to disciplinary action for employees. In exceptional cases, bad faith complaints can lead to summary dismissal for gross misconduct. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="008943AD">
+    <w:p w14:paraId="35E70D56" w14:textId="77777777" w:rsidR="00D336C3" w:rsidRPr="00D336C3" w:rsidRDefault="00D336C3" w:rsidP="008943AD">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:t>Related policies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00D336C3" w:rsidP="00642F90">
+    <w:p w14:paraId="7BF76691" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00D336C3" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You should also read our policy on bullying and harassment. If you are a manager or otherwise involved in recruitment, you mu</w:t>
       </w:r>
       <w:r w:rsidR="008C798E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>st read our guidance on interviewing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D336C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidSect="0076380C">
-      <w:footerReference w:type="default" r:id="rId7"/>
-      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="53999E5E" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="61DB468A" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="63C071ED" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35092512" w14:textId="1A673897" w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_Hlk196308912"/>
     <w:r w:rsidRPr="008D129F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Quaker</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> employers resource – example </w:t>
+      <w:t xml:space="preserve"> employers</w:t>
+    </w:r>
+    <w:r w:rsidR="00CB2BD6">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>’</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> resource – example </w:t>
     </w:r>
     <w:r w:rsidR="00D336C3">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>equality and diversity policy</w:t>
     </w:r>
     <w:r w:rsidR="004F7A3F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="0076380C">
+    <w:r w:rsidR="00E40258">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="00D336C3">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="008C798E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0076380C">
+    <w:r w:rsidR="00E40258">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14CDDBBD" w14:textId="5E538252" w:rsidR="005B56C6" w:rsidRPr="005B56C6" w:rsidRDefault="005B56C6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008D129F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Quaker</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> employers</w:t>
+    </w:r>
+    <w:r w:rsidR="00CB2BD6">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>’</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> resource – example equality and diversity policy</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>04-2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="6C10EF74" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="1EB10DDC" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="45668694" w14:textId="77777777" w:rsidR="005504BD" w:rsidRDefault="005504BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0076380C" w:rsidRDefault="008E7F99" w:rsidP="00DF17FB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D366D5A" w14:textId="77777777" w:rsidR="0076380C" w:rsidRDefault="008E7F99" w:rsidP="00DF17FB">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E28092E" wp14:editId="60F518D4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1079500" cy="1888490"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21353"/>
               <wp:lineTo x="21346" y="21353"/>
               <wp:lineTo x="21346" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1219,51 +1412,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00DF17FB" w:rsidRPr="00D336C3">
       <w:t>EXAMPLE EQUALITY AND DIVERSITY IN EMPLOYMENT POLICY</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04351FEB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07185156"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64709C60"/>
     <w:lvl w:ilvl="0" w:tplc="78E435EC">
@@ -1355,50 +1548,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DED64C0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB16DBA2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17CC2D11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="424837E0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1467,71 +1773,71 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25015626"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="279D69A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D34A51B2"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1627,51 +1933,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E401943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96E0BEC4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1740,71 +2046,71 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32605237"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="86BA0E0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330925B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00B0DBC8"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1900,91 +2206,91 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36627BCD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38350354"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CCB6EEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B2E43AA"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2080,109 +2386,335 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F11209A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA626564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40374EAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3668B770"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48AF33BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4718C4FC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A696FDA"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AA27227"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52DB67F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="063A2F06"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2251,51 +2783,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53D304EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2AE02F8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2364,91 +2896,91 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604B5AC4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E520AF54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="608D3D93"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62312EC7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C562758"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2553,71 +3085,71 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62856566"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EAC0FD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="863C4C4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2713,308 +3245,348 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79311F1A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA626564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="1" w16cid:durableId="2101561613">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="2" w16cid:durableId="1924803366">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="237718299">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1354189210">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2097825683">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="59060092">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="794106889">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="158742227">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1863786423">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1314020208">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1168131415">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1232425223">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2114395841">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1970817456">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1588534441">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="916210600">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
-[...23 lines deleted...]
-  <w:num w:numId="13">
+  <w:num w:numId="17" w16cid:durableId="1163857973">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="18" w16cid:durableId="1574395498">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="1440"/>
           </w:tabs>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="19" w16cid:durableId="1982617430">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="20" w16cid:durableId="1797483502">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="21">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="21" w16cid:durableId="886794988">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1931810158">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="290330434">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="2086994316">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1452439814">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1652754714">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233FA9"/>
     <w:rsid w:val="00022391"/>
     <w:rsid w:val="00077F11"/>
     <w:rsid w:val="00087185"/>
+    <w:rsid w:val="000B4591"/>
     <w:rsid w:val="000C6C61"/>
     <w:rsid w:val="000C7E79"/>
     <w:rsid w:val="00103D9B"/>
     <w:rsid w:val="001258B6"/>
+    <w:rsid w:val="00193039"/>
     <w:rsid w:val="001B6EF7"/>
+    <w:rsid w:val="001F1494"/>
     <w:rsid w:val="00207CAF"/>
     <w:rsid w:val="002109EE"/>
     <w:rsid w:val="00233FA9"/>
+    <w:rsid w:val="002525E9"/>
     <w:rsid w:val="0029169A"/>
     <w:rsid w:val="002B02FD"/>
+    <w:rsid w:val="002C396B"/>
     <w:rsid w:val="002F3BB6"/>
+    <w:rsid w:val="00357253"/>
     <w:rsid w:val="00383596"/>
     <w:rsid w:val="003A3E46"/>
     <w:rsid w:val="003B4F62"/>
     <w:rsid w:val="003E5012"/>
+    <w:rsid w:val="00402E92"/>
     <w:rsid w:val="00440851"/>
+    <w:rsid w:val="00455A7A"/>
     <w:rsid w:val="004B5E5E"/>
     <w:rsid w:val="004C4B27"/>
     <w:rsid w:val="004C6B01"/>
     <w:rsid w:val="004D734F"/>
     <w:rsid w:val="004F7A3F"/>
     <w:rsid w:val="005264EF"/>
     <w:rsid w:val="00526989"/>
+    <w:rsid w:val="0054111B"/>
+    <w:rsid w:val="005504BD"/>
     <w:rsid w:val="00561662"/>
     <w:rsid w:val="005B51EA"/>
+    <w:rsid w:val="005B56C6"/>
     <w:rsid w:val="005D30B2"/>
     <w:rsid w:val="005F7D18"/>
     <w:rsid w:val="00642DFB"/>
     <w:rsid w:val="00642F90"/>
+    <w:rsid w:val="0066787D"/>
     <w:rsid w:val="00677E2A"/>
     <w:rsid w:val="0068749E"/>
     <w:rsid w:val="00692903"/>
     <w:rsid w:val="006958A6"/>
     <w:rsid w:val="006B6946"/>
     <w:rsid w:val="00737BE8"/>
     <w:rsid w:val="0076380C"/>
     <w:rsid w:val="00763E40"/>
     <w:rsid w:val="007F38CB"/>
     <w:rsid w:val="00814AA6"/>
+    <w:rsid w:val="00853146"/>
     <w:rsid w:val="008943AD"/>
     <w:rsid w:val="008B3680"/>
     <w:rsid w:val="008C798E"/>
     <w:rsid w:val="008E7F99"/>
     <w:rsid w:val="009125A8"/>
     <w:rsid w:val="00923861"/>
     <w:rsid w:val="00961541"/>
     <w:rsid w:val="00994D24"/>
     <w:rsid w:val="009A04A7"/>
     <w:rsid w:val="00A26832"/>
     <w:rsid w:val="00A57D05"/>
     <w:rsid w:val="00A63EF0"/>
+    <w:rsid w:val="00AD6213"/>
     <w:rsid w:val="00AF2723"/>
     <w:rsid w:val="00AF5A02"/>
     <w:rsid w:val="00B23678"/>
+    <w:rsid w:val="00B52CA7"/>
     <w:rsid w:val="00B61D29"/>
     <w:rsid w:val="00B66CFB"/>
     <w:rsid w:val="00B710FF"/>
     <w:rsid w:val="00B906CB"/>
+    <w:rsid w:val="00BB2341"/>
     <w:rsid w:val="00C06FCF"/>
+    <w:rsid w:val="00C6599A"/>
+    <w:rsid w:val="00C9077F"/>
+    <w:rsid w:val="00C9170B"/>
+    <w:rsid w:val="00CB2BD6"/>
+    <w:rsid w:val="00D14323"/>
     <w:rsid w:val="00D144EC"/>
+    <w:rsid w:val="00D216BB"/>
     <w:rsid w:val="00D336C3"/>
+    <w:rsid w:val="00D57A7F"/>
     <w:rsid w:val="00DE04DB"/>
     <w:rsid w:val="00DE3A40"/>
     <w:rsid w:val="00DF17FB"/>
+    <w:rsid w:val="00E40258"/>
     <w:rsid w:val="00E409B0"/>
     <w:rsid w:val="00E81CE5"/>
+    <w:rsid w:val="00E90587"/>
+    <w:rsid w:val="00E92774"/>
     <w:rsid w:val="00E95BC1"/>
+    <w:rsid w:val="00E97CB0"/>
     <w:rsid w:val="00EA5DE0"/>
     <w:rsid w:val="00EB6F83"/>
     <w:rsid w:val="00F56224"/>
     <w:rsid w:val="00FA045F"/>
     <w:rsid w:val="00FA468D"/>
     <w:rsid w:val="00FC5B6A"/>
+    <w:rsid w:val="00FE05FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1BA5D428"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2F8C235-AE0A-408B-8E01-313ABCE01266}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3342,50 +3914,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008B3680"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E5012"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -3873,61 +4450,85 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletlistChar">
     <w:name w:val="Bullet list Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Bulletlist"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0054111B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00853146"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.equalityhumanrights.com/sites/default/files/pre-employment_health_questions_for_employers_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4151,75 +4752,388 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100862EBB2F60D4BC4FB03C7E1961C036CD" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4a1c82b2399f435c70a8c110b1bbebaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ec340b3c-934f-40d9-befe-b28513ceaef8" xmlns:ns3="52c93cef-00f9-46d8-85d6-028374122481" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4f697261e67b728d3ad075d00d2e8132" ns2:_="" ns3:_="">
+    <xsd:import namespace="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <xsd:import namespace="52c93cef-00f9-46d8-85d6-028374122481"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ec340b3c-934f-40d9-befe-b28513ceaef8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac34fb01-fe5e-4f9e-976d-785db01853c9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52c93cef-00f9-46d8-85d6-028374122481" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a232dfda-56e8-4910-acb7-d98d8ba40401}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52c93cef-00f9-46d8-85d6-028374122481">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec340b3c-934f-40d9-befe-b28513ceaef8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="52c93cef-00f9-46d8-85d6-028374122481" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC0D1FD2-85BE-4EF6-AD30-413424613387}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <ds:schemaRef ds:uri="52c93cef-00f9-46d8-85d6-028374122481"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B64DC6EE-522F-4C5F-A114-9D9715BCD91B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <ds:schemaRef ds:uri="52c93cef-00f9-46d8-85d6-028374122481"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{961C29C4-144A-4AAA-9644-03F3522608C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1556</Words>
-  <Characters>8343</Characters>
+  <Words>1520</Words>
+  <Characters>8670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>quakers annual leave policy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Religious Society of Friends (Quakers)</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9880</CharactersWithSpaces>
+  <CharactersWithSpaces>10170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>quakers annual leave policy</dc:title>
   <dc:subject/>
   <dc:creator>Wendy Blake Ranken</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version>1.0</cp:version>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100862EBB2F60D4BC4FB03C7E1961C036CD</vt:lpwstr>
+  </property>
+</Properties>
+</file>