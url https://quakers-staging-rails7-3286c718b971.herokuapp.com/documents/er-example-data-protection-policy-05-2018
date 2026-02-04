--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -1,304 +1,313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5115" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00642F90">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NOTE FOR EMPLOYERS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5116" w14:textId="67610D6A" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Below is an example workforce data protection policy. It complies with the requirements of the GDPR (EU General Data Protection Regulation). </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+        <w:t xml:space="preserve">Below is an example workforce data protection policy. It complies with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67B91">
+        <w:t>UK</w:t>
+      </w:r>
+      <w:r w:rsidR="009A27DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>GDPR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67B91">
+        <w:t>UK</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86DBF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">General Data Protection Regulation). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C5117" w14:textId="26A5D39D" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Please adapt it to your use and in accordance with procedures at your Area Meeting. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+        <w:t>Please adapt it to your use and in accordance with procedures at your Area Meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="009A27DE">
+        <w:t xml:space="preserve"> or Quaker Charity</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C5118" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">Data protection policy </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– workforce </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5119" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C511A" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy applies to the processing of personal data in manual and electronic records </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in relation to employment matters</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...14 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C511B" w14:textId="114C8742" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Area Meeting is the Data Controller for the purposes of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86DBF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> General Data Protection Regulation (GDPR) and the Data Protection Act 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C511C" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy applies to the personal data of job applicants, existing and former employees, volunteers, workers and self-employed contractors. These are referred to in this policy as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relevant individuals</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="0050221E" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C511D" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="0050221E" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="0050221E">
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...30 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C511E" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940134">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Personal data” is information that relates to an identifiable person who can be directly or indirectly identified from that information, for example, a person’s name, identification number, location, online identifier. It can also include pseudonymised data. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C511F" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Special categories of personal data” is data which relates to an individual’s health, sex life, sexual orientation, race, ethnic origin, political opinion, religion, and trade union membership. It also includes genetic and biometric data (where used for ID purposes).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5120" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Criminal offence data” is data which relates to an individual’s criminal convictions and offences.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...30 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="0050221E" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5121" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940134">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Data processing” is any operation or set of operations which is performed on personal data or on sets of personal data, whether or not by automated means, such as collection, recording, organisation, structuring, storage, adaptation or alteration, retrieval, consultation, use, disclosure by transmission, dissemination or otherwise making available, alignment or combination, restriction, erasure or destruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C5122" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="0050221E" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="0050221E">
         <w:t>Commitment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5123" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As a responsible employer, we</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> make</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -382,213 +391,208 @@
         </w:rPr>
         <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will ensure that the third party takes such measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as are necessary to maintain our </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">commitment to protecting data. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5124" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Types of data held</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5125" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Personal data is kept in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hard copy or in electronic form</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. The following types of data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may be held on relevant individuals:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5126" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk512868084"/>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">name, address, phone numbers - for individual and next of kin </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5127" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">CVs and other information gathered during recruitment </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5128" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">references from former employers </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5129" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>National Insurance numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512A" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">job title, job descriptions and pay grades </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512B" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>conduct issues such as letters of concern, disciplinary proceedings</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512C" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">holiday records </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512D" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>performance information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512E" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">medical or health information </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C512F" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>sickness absence records</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5130" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">tax codes </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5131" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>terms and conditions of employment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5132" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> details. </w:t>
+      <w:r w:rsidRPr="00940134">
+        <w:t xml:space="preserve">training details. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5133" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Further information on the</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reasons for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -631,269 +635,243 @@
         <w:t>workforce privacy notice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and our </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65BAE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>job applicant privacy notice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5134" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Data protection principles</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5135" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All personal data obtained and held by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5136" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>be processed fairly, lawfully and in a transparent manner</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5137" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>be collected for specific, explicit, and legitimate purposes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5138" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>be adequate, relevant and limited to what is necessary for the purposes of processing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5139" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:r w:rsidRPr="00940134">
+        <w:t>be kept accurate and up to date. Every reasonable effort will be made to ensure that inaccurate data is rectified or erased without delay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C513A" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>not be kept for longer than is necessary for its given purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C513B" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> measures</w:t>
+      <w:r w:rsidRPr="00940134">
+        <w:t>be processed in a manner that ensures appropriate security of personal data including protection against unauthorised or unlawful processing, accidental loss, destruction or damage by using appropriate technical or organisation measures</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C513C" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Personal</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> data will</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be processed in recognition of an individuals’ data protection rights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in accordance with the legal conditions for processing. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C513D" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Procedures</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to protect personal data</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C513E" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>area meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has taken the following steps to protect the personal data of relevant individuals, which it holds or to which it has access:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="005805F9" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C513F" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="005805F9" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>We</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>have appointed</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a Trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> with specific </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">responsibility for data privacy. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5140" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>We provide</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> information to </w:t>
       </w:r>
       <w:r>
         <w:t>relevant individuals</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> on their data protection rights, how </w:t>
       </w:r>
       <w:r>
         <w:t>we use</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> their personal data, and how </w:t>
       </w:r>
       <w:r>
         <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
@@ -905,321 +883,307 @@
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">it. The information </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is contained in our </w:t>
       </w:r>
       <w:r w:rsidRPr="00362F93">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>workforce privacy notice</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00362F93">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>job applicant privacy notice</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5141" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We ensure that those who may process data read and adhere to this policy. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5142" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>We analyse and can</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> account for all personal data</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> we h</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t>old, where it comes from, who it is shared with and also who it might be shared with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5143" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">From the above analysis of data, we take </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">measures to reduce the risks of mishandling and potential breaches of data security. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5144" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We seek consent to process data on a specific and individual basis where appropriate. </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t>Full information will be given regarding the activities about which consent is sought. Relevant individuals have the absolute and unimpeded right to withdraw that consent at any time</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5145" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>We are</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> aware of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">our </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t>duty to report significant breaches that cause significant harm to the affected individuals to the Information Commissioner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and we will ensure we do so.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5146" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r>
         <w:t>We are</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> aware of the implications</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve"> international transfer of personal data </w:t>
       </w:r>
       <w:r>
         <w:t>(although we do not anticipate needing to do so)</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5147" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Employee obligations in respect of protecting data</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5148" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Employees and others who process data on our behalf will only have access to personal data where it is necessary for them to carry out their duties. These individuals must:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5149" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">ensure that all files or written information of a confidential nature are stored in a secure manner </w:t>
       </w:r>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in lockable cabinets or password-protected computers) </w:t>
+        <w:t xml:space="preserve">(eg in lockable cabinets or password-protected computers) </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:t>and are only accessed by people who have a need and a right to access them</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514A" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>ensure that all files or written information of a confidential nature are not left where they can be read by unauthorised people</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="005805F9" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514B" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="005805F9" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> regularly on the accuracy of data</w:t>
+      <w:r w:rsidRPr="00940134">
+        <w:t>check regularly on the accuracy of data</w:t>
       </w:r>
       <w:r w:rsidRPr="005805F9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514C" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
-        <w:lastRenderedPageBreak/>
         <w:t>Access to data</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and subject access requests</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514D" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevant individuals have a right to access the data that the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>area meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> holds about them. Requests for access to this data will be dealt with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in accordance with the law and should be addressed to our Data Privacy Officer (details below). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514E" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Data disclosures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C514F" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We may need </w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to disclose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/share</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> certain data/information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in some circumstances. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5150" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Our </w:t>
       </w:r>
       <w:r w:rsidRPr="00C341B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">workforce privacy </w:t>
       </w:r>
       <w:r w:rsidRPr="005805F9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -1235,81 +1199,81 @@
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="005805F9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>job applicant privacy notice</w:t>
       </w:r>
       <w:r w:rsidRPr="005805F9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> explain</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the circumstances in which data may be disclosed and to which organisations or individuals. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5151" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">isclosures will only be made when strictly necessary for the purpose. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5152" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>International data transfers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5153" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We do</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
       <w:r>
@@ -1323,179 +1287,186 @@
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ring</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> personal data to any recipients outside of the EEA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5154" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Breach notification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00BB3483" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5155" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00BB3483" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where a data breach is likely to result in a risk to the rights and freedoms of individuals, it will be reported to the Information Commissioner within 72 hours of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>area meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> becoming aware of it and may be reported in more than one instalment. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5156" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Individuals will be informed directly in the event that the breach is likely to result in a high risk to the rights and freedoms of that individual.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5157" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t>Records</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and retention of data</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...20 lines deleted...]
-        <w:t>sing</w:t>
+    <w:p w14:paraId="6C4C5158" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We keep records of our processing</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities including the purpose for the processing and retention periods. These records will be kept up to date so that they reflect current processing activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...14 lines deleted...]
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C5159" w14:textId="3FEDAA18" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Generally, we will keep records until six years after individuals cease working, volunteering or providing services to us. After that time, we will only keep a record of name, capacity in which the individual worked or volunteered for us, the dates they did so and the reason for leaving. This is for the purposes of providing references and to deal with any other enquiries related to the engagement that may arise. It may also be for legal reasons, for example if there is a legal case in connection with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the work</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or volunteering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4C515A" w14:textId="77777777" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:t xml:space="preserve">Data protection compliance </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
+    <w:p w14:paraId="6C4C515B" w14:textId="77777777" w:rsidR="00642F90" w:rsidRDefault="00642F90" w:rsidP="00642F90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02900">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Insert name, this can be one of the AM trustees</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
@@ -1520,233 +1491,390 @@
         </w:rPr>
         <w:t xml:space="preserve"> our</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data Privacy Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00940134">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in respect of its data protection activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00642F90" w:rsidP="00642F90">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidSect="00A63EF0">
+    <w:p w14:paraId="6C4C515C" w14:textId="1BA340A0" w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00B00E77" w:rsidP="00642F90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidSect="009A27DE">
       <w:footerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="7BB299B2" w14:textId="77777777" w:rsidR="009107FF" w:rsidRDefault="009107FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="7BA54688" w14:textId="77777777" w:rsidR="009107FF" w:rsidRDefault="009107FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C4C5161" w14:textId="62BFFC8C" w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008D129F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Quaker</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> employers resource – example </w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>employers</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> resource – example </w:t>
     </w:r>
     <w:r w:rsidR="00642F90">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>data protection policy</w:t>
     </w:r>
     <w:r w:rsidR="004F7A3F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t>05</w:t>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="009A27DE">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="004F7A3F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>018</w:t>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="009A27DE">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>25</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E1B5A5A" w14:textId="20E64F2B" w:rsidR="009A27DE" w:rsidRPr="009A27DE" w:rsidRDefault="009A27DE" w:rsidP="009A27DE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="right" w:pos="9356"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008D129F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Quaker</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>employers</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> resource – example data protection policy</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>04-2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="625A185D" w14:textId="77777777" w:rsidR="009107FF" w:rsidRDefault="009107FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="16ED71F7" w14:textId="77777777" w:rsidR="009107FF" w:rsidRDefault="009107FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6F8265D2" w14:textId="20F7F394" w:rsidR="009A27DE" w:rsidRDefault="009A27DE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002D23BB">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6348496F" wp14:editId="2FE6AB89">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>327660</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1079500" cy="1888490"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21353"/>
+              <wp:lineTo x="21346" y="21353"/>
+              <wp:lineTo x="21346" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Picture 2" descr="A close-up of a sign&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 2" descr="A close-up of a sign&#10;&#10;Description automatically generated with medium confidence"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1079500" cy="1888490"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04351FEB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07185156"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64709C60"/>
     <w:lvl w:ilvl="0" w:tplc="78E435EC">
@@ -3101,272 +3229,285 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79311F1A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA626564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="259804346">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1655066944">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1692299950">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1144809038">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="323163135">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1082678790">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1321497932">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1574579295">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="876426576">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2006934165">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="154343832">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1122772276">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="438063399">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="872235325">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1878084260">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1644650743">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="922299393">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="639463225">
     <w:abstractNumId w:val="17"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="1440"/>
           </w:tabs>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="538855697">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1431655177">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1011645882">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1228298515">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233FA9"/>
     <w:rsid w:val="00022391"/>
     <w:rsid w:val="00077F11"/>
     <w:rsid w:val="00087185"/>
     <w:rsid w:val="000C6C61"/>
     <w:rsid w:val="000C7E79"/>
     <w:rsid w:val="00103D9B"/>
     <w:rsid w:val="001258B6"/>
+    <w:rsid w:val="00152FC7"/>
     <w:rsid w:val="001B6EF7"/>
     <w:rsid w:val="00207CAF"/>
     <w:rsid w:val="00233FA9"/>
     <w:rsid w:val="0029169A"/>
     <w:rsid w:val="002B02FD"/>
     <w:rsid w:val="002F3BB6"/>
     <w:rsid w:val="00383596"/>
     <w:rsid w:val="003A3E46"/>
     <w:rsid w:val="003B4F62"/>
     <w:rsid w:val="003E5012"/>
     <w:rsid w:val="00440851"/>
     <w:rsid w:val="004B5E5E"/>
     <w:rsid w:val="004C4B27"/>
     <w:rsid w:val="004C6B01"/>
     <w:rsid w:val="004F7A3F"/>
     <w:rsid w:val="005264EF"/>
     <w:rsid w:val="00526989"/>
     <w:rsid w:val="00561662"/>
     <w:rsid w:val="005D30B2"/>
     <w:rsid w:val="005F7D18"/>
     <w:rsid w:val="00642DFB"/>
     <w:rsid w:val="00642F90"/>
     <w:rsid w:val="00677E2A"/>
     <w:rsid w:val="0068749E"/>
     <w:rsid w:val="00692903"/>
     <w:rsid w:val="006958A6"/>
     <w:rsid w:val="006B6946"/>
     <w:rsid w:val="00737BE8"/>
     <w:rsid w:val="007F38CB"/>
+    <w:rsid w:val="00804DBD"/>
     <w:rsid w:val="00814AA6"/>
     <w:rsid w:val="008B3680"/>
+    <w:rsid w:val="009107FF"/>
     <w:rsid w:val="009125A8"/>
     <w:rsid w:val="00923861"/>
     <w:rsid w:val="00961541"/>
     <w:rsid w:val="00994D24"/>
     <w:rsid w:val="009A04A7"/>
+    <w:rsid w:val="009A27DE"/>
     <w:rsid w:val="00A26832"/>
     <w:rsid w:val="00A57D05"/>
     <w:rsid w:val="00A63EF0"/>
     <w:rsid w:val="00AF2723"/>
     <w:rsid w:val="00AF5A02"/>
+    <w:rsid w:val="00B00E77"/>
     <w:rsid w:val="00B23678"/>
     <w:rsid w:val="00B61D29"/>
     <w:rsid w:val="00B66CFB"/>
     <w:rsid w:val="00B710FF"/>
     <w:rsid w:val="00B906CB"/>
     <w:rsid w:val="00C06FCF"/>
+    <w:rsid w:val="00C86DBF"/>
     <w:rsid w:val="00D144EC"/>
     <w:rsid w:val="00DE04DB"/>
     <w:rsid w:val="00DE3A40"/>
     <w:rsid w:val="00E409B0"/>
     <w:rsid w:val="00E81CE5"/>
+    <w:rsid w:val="00E91969"/>
     <w:rsid w:val="00E95BC1"/>
     <w:rsid w:val="00EB6F83"/>
     <w:rsid w:val="00F56224"/>
+    <w:rsid w:val="00F67B91"/>
     <w:rsid w:val="00FA045F"/>
     <w:rsid w:val="00FA468D"/>
     <w:rsid w:val="00FC5B6A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1029"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6C4C5115"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2F8C235-AE0A-408B-8E01-313ABCE01266}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3694,50 +3835,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008B3680"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E5012"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -4225,61 +4371,77 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletlistChar">
     <w:name w:val="Bullet list Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Bulletlist"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F67B91"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4504,70 +4666,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1271</Words>
-  <Characters>6801</Characters>
+  <Words>1274</Words>
+  <Characters>6816</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>73</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>56</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>quakers annual leave policy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Religious Society of Friends (Quakers)</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7999</CharactersWithSpaces>
+  <CharactersWithSpaces>8074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>quakers annual leave policy</dc:title>
   <dc:subject/>
   <dc:creator>Wendy Blake Ranken</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version>1.0</cp:version>
 </cp:coreProperties>
 </file>