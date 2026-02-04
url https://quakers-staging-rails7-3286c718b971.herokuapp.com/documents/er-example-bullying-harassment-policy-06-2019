--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -1,975 +1,2400 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
+    <w:p w14:paraId="20AA14A6" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004014AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NOTE FOR EMPLOYERS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
+    <w:p w14:paraId="20AA14A7" w14:textId="09EBB2FB" w:rsidR="00642F90" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
       <w:pPr>
         <w:pStyle w:val="Notesbox"/>
       </w:pPr>
       <w:r w:rsidRPr="004014AC">
-        <w:t>Below is an example Harassment and Bullying Policy which can be adopted or amended by Area and Local meetings.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
+        <w:t>Below is an example Harassment and Bullying Policy which can be adopted or amended by</w:t>
+      </w:r>
+      <w:r w:rsidR="00194A30">
+        <w:t xml:space="preserve"> Quaker charities for use in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004014AC">
+        <w:t xml:space="preserve"> Area and Local </w:t>
+      </w:r>
+      <w:r w:rsidR="00437E88">
+        <w:t xml:space="preserve">Quaker </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA227A">
+        <w:t>communities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004014AC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14A8" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="004014AC">
         <w:t>EXAMPLE HARASSMENT AND BULLYING POLICY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
+    <w:p w14:paraId="20AA14A9" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Our Quaker beliefs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14AA" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As Quakers, we believe that everyone is equal, regardless of wealth, status or power. We value the diversity of all people and we work towards being inclusive in our language and actions. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+    <w:p w14:paraId="20AA14AB" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>This policy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14AC" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy explains how we will ensure that instances of harassment and bullying are minimised; and how we will deal with such instances if they occur. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14AD" w14:textId="44556FD5" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All employees, trustees, volunteers and other workers such as self-employed contractors, consultants and agency/</w:t>
       </w:r>
-      <w:r w:rsidR="00E723B5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E723B5" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004014AC">
-[...16 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>casual workers, as well as those who manage and supervise them are covered by this policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00822EA4" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14AE" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The policy commits our Area Meeting to providing a dignified and respectful working environment. It does not form part of the contract you have with us but applies regardless of how long you have been with us.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14AF" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You should read this policy in conjunction with our policy on equality and diversity, and our grievance procedure. We reserve the right to amend this policy at any time. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+    <w:p w14:paraId="20AA14B0" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Where the policy applies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14B1" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This policy applies in the following contexts:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+    <w:p w14:paraId="20AA14B2" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>anywhere during your working hours</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+    <w:p w14:paraId="20AA14B3" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>anywhere on the Area Meeting’s premises (that is, in the meeting houses of the Area Meeting)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+    <w:p w14:paraId="20AA14B4" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anywhere off the Area Meeting’s premises during work-related events or activities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14B5" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">On any occasion where you are acting in your capacity as an employee or worker of the Area Meeting. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="20AA14B6" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Any employee taking part in any of the followin</w:t>
       </w:r>
-      <w:r w:rsidR="00E723B5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E723B5" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g behaviour may be subject to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disciplinary action under our disciplinary policy, up to and including dismissal for misconduct or gross misconduct. The services of volunteers and workers may be terminated. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14B7" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harassing or bullying anyone else (as defined below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14B8" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threatening anyone who raises a harassment or bullying complaint</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14B9" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>retaliating against anyone who raises a harassment or bullying complaint</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14BA" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>making allegations maliciously or in bad faith</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14BB" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>giving false or intentionally misleading information during any investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A04F2D7" w14:textId="238AFF49" w:rsidR="00F0315A" w:rsidRPr="00D04C45" w:rsidRDefault="004014AC" w:rsidP="00D04C45">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It should be noted that harassment and bullying can occur in person, in writing or via electronic </w:t>
+      </w:r>
+      <w:r w:rsidR="00E723B5" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>means including emails, texts, W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidR="00E723B5" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pp messages or social media.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14BD" w14:textId="3D748451" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>What is harassment?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14BE" w14:textId="5E5F02B1" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We define harassment as behaviour connected to what is termed a ‘protected characteristic’. The protected characteristics are: age; race (including colour and ethnic/national origin); disability; religion or belief; gender; gender reassignment; pregnancy or maternity; sexual orientation; and marital or civil partner status. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067A4257" w14:textId="54B710F8" w:rsidR="000135AC" w:rsidRPr="0025483C" w:rsidRDefault="000135AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discrimination law also recognises sexual harassment as something separate to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE434E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harassment based on gender</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sexual harassment occurs when someone is subjected to unwanted conduct of a sexual nature or when a person is treated less favourably because they have accepted or rejected unwanted conduct of a sexual nature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14BF" w14:textId="53A71FD0" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We define as harassment any situation where a worker is subject to uninvited conduct that — as an intended or unintended consequence — violates their dignity in connection with a protected characteristic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C0" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We also define as harassment behaviour that creates a hostile, humiliating, degrading or similarly offensive environment in relation to a protected characteristic. Name calling, lewd comments, excluding colleagues, making insensitive jokes, and displaying pornographic material are all examples of harassment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21ABD3B3" w14:textId="77777777" w:rsidR="00052533" w:rsidRPr="0025483C" w:rsidRDefault="00052533" w:rsidP="00052533">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Behaviour can still be harassment even if the person being harassed does not complain or ask for it to stop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C1" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Physical, verbal and non-verbal conduct can all amount to harassment, and this policy covers isolated or ongoing incidents of offensive behaviour. When someone treats another person less favourably because they either submit to such behaviour or refuse to do so, that can also be interpreted as harassment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44ADC1CB" w14:textId="05C9D243" w:rsidR="0051608A" w:rsidRPr="0025483C" w:rsidRDefault="0051608A" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">misconduct or gross misconduct. The services of volunteers and workers may be terminated. </w:t>
-[...90 lines deleted...]
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+        <w:t xml:space="preserve">Even if you did not intend to harass someone, if your behaviour has this effect on someone else, then you may be found to have harassed them. They may only be a bystander to behaviour you directed at someone else, but they may still have been harassed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C2" w14:textId="6F41872E" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In all cases, it is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that matters</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03F8E" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rather than </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03F8E" w:rsidRPr="00805F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>intent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — whether or not the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other person</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1744" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">intends to harass </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20C02" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>someone else</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is irrelevant. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4446" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is also a ‘reasonable person test’ – </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6570E" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether a reasonable person, in possession</w:t>
+      </w:r>
+      <w:r w:rsidR="00805F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6570E" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the same information, would think the conduct amounted to harassment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6326AF1A" w14:textId="3F1DF78F" w:rsidR="0051608A" w:rsidRPr="0025483C" w:rsidRDefault="0051608A" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The law protects people who are harassed because they are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052533">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>thought</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to have a certain protected characteristic when they do not</w:t>
+      </w:r>
+      <w:r w:rsidR="00805F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or they are linked to someone who has a certain protected characteristic even if they don’t have it themselves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42261CA8" w14:textId="77777777" w:rsidR="007249E6" w:rsidRPr="0025483C" w:rsidRDefault="007249E6" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...79 lines deleted...]
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00E723B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Third party harassment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1151C4" w14:textId="77777777" w:rsidR="00D02E25" w:rsidRPr="0098549D" w:rsidRDefault="00FB1AAA" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We want to create a workplace which is free of harassment. This objective extends </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02E25" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to members of the Meeting, visitors to the Meeting, customers and suppliers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDEB19E" w14:textId="60FE225B" w:rsidR="00FB1AAA" w:rsidRPr="0098549D" w:rsidRDefault="00FB1AAA" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are encouraged to report any third-party harassment you </w:t>
+      </w:r>
+      <w:r w:rsidR="003216B5" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or witness, in accordance with this Policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EBD362" w14:textId="472DF261" w:rsidR="00FB1AAA" w:rsidRPr="0098549D" w:rsidRDefault="00FB1AAA" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We will take active steps to prevent third-party harassment of staff. Action may include</w:t>
+      </w:r>
+      <w:r w:rsidR="00345BA3" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, for example, </w:t>
+      </w:r>
+      <w:r w:rsidR="00052533">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">issuing </w:t>
+      </w:r>
+      <w:r w:rsidR="00345BA3" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statements of our Quaker values and the positive behaviours expected of third parties. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79309E8F" w14:textId="718A63EC" w:rsidR="00FB1AAA" w:rsidRPr="0098549D" w:rsidRDefault="00FB1AAA" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk174913881"/>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will assess the risk of third-party harassment in the workplace and undertake to keep our risk assessment under regular review. We encourage you to come forward with any areas in which you believe our third-party harassment protection could be improved. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3CF458E3" w14:textId="1BCDCB93" w:rsidR="007249E6" w:rsidRPr="0098549D" w:rsidRDefault="00FB1AAA" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If any third-party harassment of staff occurs, we will take steps to remedy any complaints and to prevent it happening again. Action may include warning the harasser about their behaviour, banning them from our premises</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6121" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alerting other local meetings, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1F05" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reporting any criminal acts to the police</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1F05" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C3" w14:textId="6F020E88" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>What is bullying?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...23 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14C4" w14:textId="395D7D15" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We define </w:t>
+      </w:r>
+      <w:r w:rsidR="006111F4" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bullying as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any behaviour that leaves </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20C02" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>another person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> feeling threatened, intimidated, humiliated, vulnerable or otherwise upset. There is no need to demonstrate a connection with a protected characteristic to establish a bullying allegation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C5" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As with harassment, physical, verbal and non-verbal condu</w:t>
       </w:r>
-      <w:r w:rsidR="006D7BA1">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="006D7BA1" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ct can all amount to bullying. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It can take various forms, from extreme behaviour involving violence and intimidation through to subtle actions such as deliberate exclusion, eg ‘sending someone to Coventry’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C6" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">through to subtle actions such as deliberate exclusion, </w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t>If your supervisor or manager or others give you constructive criticism about your behaviour or performance, this does not amount to bullying. It is part of normal employment and management routine and should not be interpreted as anything different.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="006D7BA1">
+    <w:p w14:paraId="4249ED7D" w14:textId="4F14E3BF" w:rsidR="00D04C45" w:rsidRPr="0025483C" w:rsidRDefault="00D04C45" w:rsidP="00D04C45">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Although bullying is often connected to a power imbalance, that does not mean that it always involves a more senior person bullying a more junior person. It can also be directed at someone more senior. It may take the form of refusing to follow instructions, undermining authority, making fun of or mocking the more senior person or spreading rumours about them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490D5946" w14:textId="3EC11E2B" w:rsidR="0076578F" w:rsidRPr="006111F4" w:rsidRDefault="0076578F" w:rsidP="006111F4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:t>Our position</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2026BCD5" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="0025483C" w:rsidRDefault="0076578F" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We will not tolerate bullying or harassment by anyone working for us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D9DF36" w14:textId="6D84288A" w:rsidR="0076578F" w:rsidRPr="0025483C" w:rsidRDefault="0076578F" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We expect you to treat people with respect and dignity in all communications you have with them, whether face-to-face, over the phone or in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7854CD1E" w14:textId="569ED373" w:rsidR="0076578F" w:rsidRPr="0025483C" w:rsidRDefault="0076578F" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will assess the risk of harassment in the workplace and keep our risk assessment under regular review. We encourage you to come forward with any areas in which you believe harassment protection could be improved. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C99BDF3" w14:textId="481DBA44" w:rsidR="0076578F" w:rsidRPr="0025483C" w:rsidRDefault="0076578F" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are encouraged to report any harassment you </w:t>
+      </w:r>
+      <w:r w:rsidR="00503DD5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or witness, in accordance with this Policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F9B64C" w14:textId="3794799D" w:rsidR="0076578F" w:rsidRPr="006111F4" w:rsidRDefault="0076578F" w:rsidP="006111F4">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We have clear and universal standards of workplace conduct:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D38124" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bad and/or offensive language or gestures of any nature should not be used in the workplace, whether directed at a particular person or not.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B780FEA" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inappropriate images or other content should not be viewed or shared at work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2D0799" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should always think before making a joke in the workplace – could anyone be upset or offended by what you say?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371579FB" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should never invade colleagues’ personal space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC7EDA4" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not exclude colleagues unfairly from discussions or events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079E1174" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not use crude humour.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A25EA11" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not use an aggressive tone or aggressive language when speaking with colleagues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07585036" w14:textId="77777777" w:rsidR="0076578F" w:rsidRPr="00AD12E2" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD12E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not be physically aggressive towards colleagues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1306FB98" w14:textId="00EE8E81" w:rsidR="0076578F" w:rsidRPr="0098549D" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not make sexually suggestive comments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7F52F9" w14:textId="31AC37EB" w:rsidR="0076578F" w:rsidRPr="0098549D" w:rsidRDefault="0076578F" w:rsidP="00AD12E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not mock, mimic or belittle colleagues in relation to any protected characteristic or otherwis</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD12E2" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378AA023" w14:textId="7C8A2CCC" w:rsidR="0076578F" w:rsidRPr="00CA0FA2" w:rsidRDefault="0076578F" w:rsidP="0025483C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA0FA2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should not gossip about your colleagues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14C7" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Raising a complaint</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14C8" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We treat all complaints very seriously. You should never be victimised or treated less favourably if you raise a harassment or bullying complaint, and you should inform your manager as soon as possible if you believe you have been subjected to this type of treatment. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...30 lines deleted...]
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="006D7BA1">
+    <w:p w14:paraId="20AA14C9" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You should note that the Area Meeting has a duty to protect all workers. That means that if you change your mind after complaining — even informally or in confidence — we may choose to investigate anyway, particularly if your allegation is serious. We will however not do so without talking to you first. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14CA" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>How we deal with harassment and bullying</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...30 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14CB" w14:textId="53B6464A" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Many issues can be resolved informally, and you should attempt to do this first if you believe you are being bullied or harassed. Start by speaking with whomever you feel is harassing or bullying you and explain that their behaviour is unwelcome, inappropriate, or it upsets you. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0E28" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sometimes, people do not realise how their actions are impacting others and it might be that an informal discussion can resolve the issue and reset behaviours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14CC" w14:textId="4B7F5122" w:rsidR="00222CAF" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sometimes it is difficult to speak with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00324979" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>directly, in which case you should talk to your manager or supervisor informally and in confidence. Should the issue be with your manager/</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7BA1" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004014AC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supervisor — or there’s another reason you would prefer not to discuss it with them — you should instead speak with an AM Trustee</w:t>
       </w:r>
-      <w:r w:rsidR="00222CAF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00222CAF" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other member of your emplo</w:t>
       </w:r>
-      <w:r w:rsidR="00CA6518">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00CA6518" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yment support group or committee</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00222CAF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00222CAF" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the case of a volunteer you may choose to approach a Friends with Eldership or Oversight responsibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...23 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14CD" w14:textId="3A01B9AD" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If resolving the issue proves impossible, you will need to follow our grievance procedure if you are an employee. If you are a volunteer or worker, the grievance procedure is not relevant but we will still treat your complaint seriously and investigate it. We will treat your complaint in confidence, as far as is possible, and if we find that you have </w:t>
+      </w:r>
+      <w:r w:rsidR="003216B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>experienced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harassment or bullying</w:t>
+      </w:r>
+      <w:r w:rsidR="003216B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will take steps to stop it continuing or recurring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FA758A" w14:textId="2C704E50" w:rsidR="001818AA" w:rsidRPr="00AF5D27" w:rsidRDefault="001818AA" w:rsidP="00AF5D27">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We may, if we think it necessary, separate you from the person you are complaining about whilst we investigate. This is not a prejudgment of your complaint. It is simply a way to stop things from getting worse during the investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7C24D9" w14:textId="6951BC65" w:rsidR="001818AA" w:rsidRPr="0025483C" w:rsidRDefault="001818AA" w:rsidP="00C100C2">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you notice behaviour of others which may be in breach of this Policy, then you should first consider whether it is appropriate to challenge the behaviour yourself. Only do so if you feel comfortable. If you don’t feel comfortable, or a direct approach has not worked, then please report the matter to your </w:t>
+      </w:r>
+      <w:r w:rsidR="00C100C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manager, who will take appropriate action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4D991D" w14:textId="77777777" w:rsidR="004F4BA9" w:rsidRPr="0025483C" w:rsidRDefault="004F4BA9" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Anyone who raises an allegation of bullying or harassment with us in good faith will not be subjected to any detriment as a result.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BD6422" w14:textId="61AC089E" w:rsidR="004F4BA9" w:rsidRPr="0098549D" w:rsidRDefault="004F4BA9" w:rsidP="0025483C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will monitor the treatment and outcomes of any complaints of harassment or </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DD2" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bullying</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we receive</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DD2" w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in order to put in place measures to improve the situation for the future. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14CE" w14:textId="00024FD6" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The steps we take with the person who is alleged to have displayed bullying or harassing behaviour will be confidential. You have the right for the behaviour to stop, but not to know about the management action that may be taken against another individual. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="20AA14CF" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Should we decide that your complaint cannot be substantiated, we will explain why. Either way, we will look at ways of addressing your relationship with the person whose behaviour you are concerned about, for example by mediation where appropriate. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="00222CAF">
+    <w:p w14:paraId="20AA14D0" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004014AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Protecting confidentiality</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004014AC" w:rsidRPr="004014AC" w:rsidRDefault="004014AC" w:rsidP="004014AC">
-[...23 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="20AA14D1" w14:textId="5D2A7BED" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Harassment and bullying allegations can raise strong feelings and are always serious, which is why the Area Meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="00316188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (or Quaker Charity)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the complainant and the person complained about </w:t>
+      </w:r>
+      <w:r w:rsidR="004C522C" w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have an obligation to maintain confidentiality as far as possible. This applies at every stage, including the investigation and the result.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14D2" w14:textId="77777777" w:rsidR="004014AC" w:rsidRPr="0025483C" w:rsidRDefault="004014AC" w:rsidP="0025483C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you make a harassment or bullying complaint and fail to maintain proper confidentiality at any time during the process, or you are interviewed in connection with someone else's complaint and likewise fail to maintain confidentiality, you may face action under our disciplinary procedure if you are an employee; this could lead to dismissal for misconduct or even gross misconduct. If you are a volunteer or a worker, this could lead to the termination of your services. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642F90" w:rsidRPr="00940134" w:rsidRDefault="00222CAF" w:rsidP="00642F90">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="7338075C" w14:textId="48BE2249" w:rsidR="00C14B01" w:rsidRPr="0025483C" w:rsidRDefault="00C14B01" w:rsidP="00AE61B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:t>Breaches of this Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFC20F4" w14:textId="1C37EFB6" w:rsidR="00C14B01" w:rsidRPr="00AE61B8" w:rsidRDefault="00C14B01" w:rsidP="00AE61B8">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any breaches of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00830E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olicy will be handled under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A00D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our Disciplinary Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025483C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and may result in action including dismissal for gross misconduct or the termination of your contract with us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA14D3" w14:textId="0361BDDD" w:rsidR="00642F90" w:rsidRDefault="00C14B01" w:rsidP="00830E4C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098549D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aggravating factors such as abuse of power over a more junior colleague will be taken into account in deciding what disciplinary action to take.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B5D6CB" w14:textId="4491E383" w:rsidR="006E14D2" w:rsidRPr="0025483C" w:rsidRDefault="006E14D2" w:rsidP="00830E4C">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006E14D2" w:rsidRPr="0025483C" w:rsidSect="00CA227A">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="737DD311" w14:textId="77777777" w:rsidR="0036494C" w:rsidRDefault="0036494C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="3E46001F" w14:textId="77777777" w:rsidR="0036494C" w:rsidRDefault="0036494C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20AA14D8" w14:textId="2721FCDB" w:rsidR="000C6C61" w:rsidRPr="000C6C61" w:rsidRDefault="000C6C61" w:rsidP="000C6C61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008D129F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Quaker</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> employers resource – example </w:t>
     </w:r>
     <w:r w:rsidR="004014AC">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>bullying &amp; harassment policy</w:t>
     </w:r>
     <w:r w:rsidR="004014AC">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t>06</w:t>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00201ED4">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="004F7A3F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="004014AC">
+    <w:r w:rsidR="00201ED4">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>25</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D072CE4" w14:textId="7BB285A1" w:rsidR="00201ED4" w:rsidRPr="00AE61B8" w:rsidRDefault="00201ED4" w:rsidP="00AE61B8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="right" w:pos="9356"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008D129F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Quaker</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> employers resource – example bullying &amp; harassment policy</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>04-2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="3E56B0E6" w14:textId="77777777" w:rsidR="0036494C" w:rsidRDefault="0036494C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA045F" w:rsidRDefault="00FA045F">
+    <w:p w14:paraId="42E83626" w14:textId="77777777" w:rsidR="0036494C" w:rsidRDefault="0036494C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68E8ECE8" w14:textId="27A5E50A" w:rsidR="00E16EDD" w:rsidRDefault="00E16EDD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002D23BB">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22508634" wp14:editId="73D1FDA1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>327660</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1079500" cy="1888490"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21353"/>
+              <wp:lineTo x="21346" y="21353"/>
+              <wp:lineTo x="21346" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Picture 2" descr="A close-up of a sign&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 2" descr="A close-up of a sign&#10;&#10;Description automatically generated with medium confidence"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1079500" cy="1888490"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01280C4E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04351FEB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07185156"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64709C60"/>
     <w:lvl w:ilvl="0" w:tplc="78E435EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1039,51 +2464,172 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D496B9A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17CC2D11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="424837E0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1152,71 +2698,71 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25015626"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="279D69A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D34A51B2"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1312,51 +2858,172 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="284F1486"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E401943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96E0BEC4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1425,71 +3092,71 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32605237"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="86BA0E0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330925B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00B0DBC8"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1585,91 +3252,204 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36627BCD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38350354"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="391C1E8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEAC12D8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CCB6EEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B2E43AA"/>
     <w:lvl w:ilvl="0" w:tplc="2F90FCF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1765,109 +3545,109 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F11209A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA626564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A696FDA"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AA27227"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53D304EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2AE02F8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1936,91 +3716,204 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C5741FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C94B396"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604B5AC4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E520AF54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="608D3D93"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62312EC7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C562758"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2125,71 +4018,426 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62856566"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6543079A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67D937C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38686A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69CD2E4F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EAC0FD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="863C4C4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2285,296 +4533,629 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F991C19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A72ACB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="757431F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="722A31D6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79311F1A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA626564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1675372544">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1043290157">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2011594607">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1380276892">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="308246649">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1397237703">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="263342135">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1248002741">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="931820351">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1718968937">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1519542259">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="12" w16cid:durableId="1148743374">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="13" w16cid:durableId="684675140">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="4">
-[...8 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="14" w16cid:durableId="2102027156">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="15" w16cid:durableId="1743984033">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
-[...5 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="16" w16cid:durableId="1284196300">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="548760179">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="13">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="18" w16cid:durableId="1268199852">
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="1440"/>
           </w:tabs>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="19" w16cid:durableId="818375979">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="20" w16cid:durableId="959604261">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="319192757">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1828397576">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1569220377">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1209681359">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1264649002">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="942033901">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1385569328">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="119808967">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1426801781">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1887181013">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="31" w16cid:durableId="590744153">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="900410169">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233FA9"/>
+    <w:rsid w:val="000135AC"/>
     <w:rsid w:val="00022391"/>
+    <w:rsid w:val="00052533"/>
     <w:rsid w:val="00077F11"/>
+    <w:rsid w:val="0008200B"/>
     <w:rsid w:val="00087185"/>
     <w:rsid w:val="000C6C61"/>
     <w:rsid w:val="000C7E79"/>
+    <w:rsid w:val="000D6121"/>
     <w:rsid w:val="00103D9B"/>
     <w:rsid w:val="001258B6"/>
+    <w:rsid w:val="0014591F"/>
+    <w:rsid w:val="00146BE8"/>
+    <w:rsid w:val="001818AA"/>
+    <w:rsid w:val="00194A30"/>
     <w:rsid w:val="001B6EF7"/>
+    <w:rsid w:val="00201ED4"/>
     <w:rsid w:val="00207CAF"/>
     <w:rsid w:val="00222CAF"/>
     <w:rsid w:val="00233FA9"/>
+    <w:rsid w:val="0025483C"/>
     <w:rsid w:val="0029169A"/>
+    <w:rsid w:val="002A00D0"/>
     <w:rsid w:val="002B02FD"/>
+    <w:rsid w:val="002D0014"/>
     <w:rsid w:val="002F3BB6"/>
+    <w:rsid w:val="00316188"/>
+    <w:rsid w:val="003216B5"/>
+    <w:rsid w:val="00324979"/>
+    <w:rsid w:val="00345BA3"/>
+    <w:rsid w:val="00360BD5"/>
+    <w:rsid w:val="0036494C"/>
     <w:rsid w:val="00383596"/>
     <w:rsid w:val="003A3E46"/>
     <w:rsid w:val="003B4F62"/>
     <w:rsid w:val="003E5012"/>
     <w:rsid w:val="004014AC"/>
+    <w:rsid w:val="00423E33"/>
+    <w:rsid w:val="00437E88"/>
     <w:rsid w:val="00440851"/>
+    <w:rsid w:val="00463F7E"/>
+    <w:rsid w:val="004B1F05"/>
     <w:rsid w:val="004B5E5E"/>
     <w:rsid w:val="004C4B27"/>
+    <w:rsid w:val="004C522C"/>
     <w:rsid w:val="004C6B01"/>
+    <w:rsid w:val="004F4BA9"/>
     <w:rsid w:val="004F7A3F"/>
+    <w:rsid w:val="00503DD5"/>
+    <w:rsid w:val="0051608A"/>
     <w:rsid w:val="005264EF"/>
     <w:rsid w:val="00526989"/>
     <w:rsid w:val="00561662"/>
+    <w:rsid w:val="005B1744"/>
     <w:rsid w:val="005D30B2"/>
     <w:rsid w:val="005F7D18"/>
+    <w:rsid w:val="006111F4"/>
+    <w:rsid w:val="00620FEE"/>
     <w:rsid w:val="00642DFB"/>
     <w:rsid w:val="00642F90"/>
     <w:rsid w:val="00677E2A"/>
     <w:rsid w:val="0068749E"/>
     <w:rsid w:val="00692903"/>
     <w:rsid w:val="006958A6"/>
+    <w:rsid w:val="006B1C20"/>
     <w:rsid w:val="006B6946"/>
     <w:rsid w:val="006D7BA1"/>
+    <w:rsid w:val="006E14D2"/>
+    <w:rsid w:val="00717B98"/>
+    <w:rsid w:val="007249E6"/>
     <w:rsid w:val="00737BE8"/>
+    <w:rsid w:val="0076578F"/>
     <w:rsid w:val="007952B0"/>
     <w:rsid w:val="007F38CB"/>
+    <w:rsid w:val="00805F22"/>
     <w:rsid w:val="00814AA6"/>
+    <w:rsid w:val="00822EA4"/>
+    <w:rsid w:val="00830E4C"/>
+    <w:rsid w:val="00844790"/>
     <w:rsid w:val="008B3680"/>
     <w:rsid w:val="009125A8"/>
     <w:rsid w:val="00923861"/>
     <w:rsid w:val="00961541"/>
+    <w:rsid w:val="0098549D"/>
     <w:rsid w:val="00994D24"/>
     <w:rsid w:val="009A04A7"/>
     <w:rsid w:val="00A26832"/>
     <w:rsid w:val="00A57D05"/>
     <w:rsid w:val="00A63EF0"/>
+    <w:rsid w:val="00A6570E"/>
+    <w:rsid w:val="00A858A6"/>
+    <w:rsid w:val="00A92D99"/>
+    <w:rsid w:val="00AC0E28"/>
+    <w:rsid w:val="00AC7F39"/>
+    <w:rsid w:val="00AD12E2"/>
+    <w:rsid w:val="00AE61B8"/>
     <w:rsid w:val="00AF2723"/>
     <w:rsid w:val="00AF5A02"/>
+    <w:rsid w:val="00AF5D27"/>
     <w:rsid w:val="00B23678"/>
+    <w:rsid w:val="00B357F6"/>
     <w:rsid w:val="00B61D29"/>
     <w:rsid w:val="00B66CFB"/>
     <w:rsid w:val="00B710FF"/>
     <w:rsid w:val="00B906CB"/>
     <w:rsid w:val="00C06FCF"/>
+    <w:rsid w:val="00C100C2"/>
+    <w:rsid w:val="00C14B01"/>
+    <w:rsid w:val="00CA0FA2"/>
+    <w:rsid w:val="00CA227A"/>
     <w:rsid w:val="00CA6518"/>
+    <w:rsid w:val="00CF388D"/>
+    <w:rsid w:val="00D02E25"/>
+    <w:rsid w:val="00D03F8E"/>
+    <w:rsid w:val="00D04C45"/>
     <w:rsid w:val="00D144EC"/>
+    <w:rsid w:val="00D20C02"/>
     <w:rsid w:val="00DE04DB"/>
     <w:rsid w:val="00DE3A40"/>
+    <w:rsid w:val="00DE434E"/>
+    <w:rsid w:val="00E16EDD"/>
     <w:rsid w:val="00E409B0"/>
     <w:rsid w:val="00E723B5"/>
     <w:rsid w:val="00E81CE5"/>
+    <w:rsid w:val="00E91969"/>
     <w:rsid w:val="00E95BC1"/>
     <w:rsid w:val="00EB6F83"/>
+    <w:rsid w:val="00EE328A"/>
+    <w:rsid w:val="00F0315A"/>
     <w:rsid w:val="00F56224"/>
     <w:rsid w:val="00FA045F"/>
     <w:rsid w:val="00FA468D"/>
+    <w:rsid w:val="00FB1AAA"/>
+    <w:rsid w:val="00FB4446"/>
     <w:rsid w:val="00FC5B6A"/>
+    <w:rsid w:val="00FE4DD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="20AA14A6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2F8C235-AE0A-408B-8E01-313ABCE01266}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2902,50 +5483,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008B3680"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E5012"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -3433,61 +6019,79 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletlistChar">
     <w:name w:val="Bullet list Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Bulletlist"/>
     <w:rsid w:val="00642F90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00822EA4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3707,75 +6311,388 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100862EBB2F60D4BC4FB03C7E1961C036CD" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4a1c82b2399f435c70a8c110b1bbebaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ec340b3c-934f-40d9-befe-b28513ceaef8" xmlns:ns3="52c93cef-00f9-46d8-85d6-028374122481" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4f697261e67b728d3ad075d00d2e8132" ns2:_="" ns3:_="">
+    <xsd:import namespace="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <xsd:import namespace="52c93cef-00f9-46d8-85d6-028374122481"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ec340b3c-934f-40d9-befe-b28513ceaef8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac34fb01-fe5e-4f9e-976d-785db01853c9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52c93cef-00f9-46d8-85d6-028374122481" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a232dfda-56e8-4910-acb7-d98d8ba40401}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52c93cef-00f9-46d8-85d6-028374122481">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec340b3c-934f-40d9-befe-b28513ceaef8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="52c93cef-00f9-46d8-85d6-028374122481" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2787CF32-E96B-4BB3-8002-60857473E940}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <ds:schemaRef ds:uri="52c93cef-00f9-46d8-85d6-028374122481"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17543926-F134-4BFF-AC1C-AA65FA619954}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ec340b3c-934f-40d9-befe-b28513ceaef8"/>
+    <ds:schemaRef ds:uri="52c93cef-00f9-46d8-85d6-028374122481"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5995A565-701B-4F39-B6F3-D401483F1424}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6347</Characters>
+  <Pages>6</Pages>
+  <Words>2068</Words>
+  <Characters>10891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>quakers annual leave policy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Religious Society of Friends (Quakers)</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7514</CharactersWithSpaces>
+  <CharactersWithSpaces>12934</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>quakers annual leave policy</dc:title>
   <dc:subject/>
   <dc:creator>Wendy Blake Ranken</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version>1.0</cp:version>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100862EBB2F60D4BC4FB03C7E1961C036CD</vt:lpwstr>
+  </property>
+</Properties>
+</file>